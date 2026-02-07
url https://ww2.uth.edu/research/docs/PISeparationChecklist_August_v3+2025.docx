--- v0 (2025-10-23)
+++ v1 (2026-02-07)
@@ -4952,65 +4952,51 @@
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D35F27">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Do you have any</w:t>
             </w:r>
             <w:r w:rsidR="00144C8B" w:rsidRPr="00D35F27">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> current or</w:t>
             </w:r>
             <w:r w:rsidRPr="00D35F27">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> new research, inventions, intellectual property and/or abstracts that are yet to be </w:t>
             </w:r>
             <w:r w:rsidR="00FA6977" w:rsidRPr="00D35F27">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">disclosed to </w:t>
-[...13 lines deleted...]
-              <w:t xml:space="preserve"> of Technology Management, </w:t>
+              <w:t xml:space="preserve">disclosed to Office of Technology Management, </w:t>
             </w:r>
             <w:r w:rsidRPr="00D35F27">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>published or protected?</w:t>
             </w:r>
             <w:r w:rsidRPr="00D35F27">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r w:rsidRPr="006261B0">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r w:rsidRPr="006261B0">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:tab/>
             </w:r>
@@ -5327,71 +5313,57 @@
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="008B2241">
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve">Department </w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">Chair  </w:t>
+        <w:t xml:space="preserve">Department Chair  </w:t>
       </w:r>
       <w:r w:rsidR="008B2241" w:rsidRPr="00B55FC0">
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
-        <w:t>Name</w:t>
-[...6 lines deleted...]
-        <w:t>, Signatur</w:t>
+        <w:t>Name, Signatur</w:t>
       </w:r>
       <w:r w:rsidR="008B2241">
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
         <w:t>e, Date</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="40B58F3C" w14:textId="70F896B0" w:rsidR="005B53EE" w:rsidRDefault="005B53EE" w:rsidP="005B53EE"/>
     <w:p w14:paraId="0BB9D2FB" w14:textId="72DF902B" w:rsidR="00502D51" w:rsidRDefault="00502D51" w:rsidP="005B53EE"/>
     <w:p w14:paraId="05AAA92D" w14:textId="77777777" w:rsidR="00502D51" w:rsidRDefault="00502D51" w:rsidP="005B53EE"/>
     <w:p w14:paraId="1044BFED" w14:textId="500D0501" w:rsidR="005B53EE" w:rsidRDefault="005B53EE" w:rsidP="005B53EE">
       <w:r>
         <w:t xml:space="preserve">_____________________________________      </w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>_____________________________________</w:t>
       </w:r>
@@ -12279,60 +12251,58 @@
               <w:top w:val="double" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="64C90492" w14:textId="77777777" w:rsidR="002B7F11" w:rsidRDefault="002B7F11" w:rsidP="00982BDF">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:ind w:left="251" w:hanging="251"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Submit study closure via </w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
-              <w:proofErr w:type="spellStart"/>
               <w:r w:rsidRPr="00E91ADF">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:t>iRIS</w:t>
               </w:r>
-              <w:proofErr w:type="spellEnd"/>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">. </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0EC1388C" w14:textId="77777777" w:rsidR="002B7F11" w:rsidRPr="00300690" w:rsidRDefault="002B7F11" w:rsidP="00982BDF">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:ind w:left="251" w:hanging="251"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="none"/>
               </w:rPr>
@@ -12454,61 +12424,59 @@
               </w:rPr>
               <w:t xml:space="preserve"> .</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2194A211" w14:textId="77777777" w:rsidR="002B7F11" w:rsidRPr="00842991" w:rsidRDefault="002B7F11" w:rsidP="00982BDF">
             <w:pPr>
               <w:spacing w:after="120"/>
             </w:pPr>
             <w:r w:rsidRPr="00842991">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Note</w:t>
             </w:r>
             <w:r w:rsidRPr="00842991">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">: the receiving protocol will need to be approved for all animal strains and numbers prior to the transfer. If needed, the receiving protocol can be amended by the receiving PI via AWC change request in </w:t>
             </w:r>
             <w:hyperlink r:id="rId22" w:history="1">
-              <w:proofErr w:type="spellStart"/>
               <w:r w:rsidRPr="00842991">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:color w:val="auto"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:t>iRIS</w:t>
               </w:r>
-              <w:proofErr w:type="spellEnd"/>
             </w:hyperlink>
             <w:r w:rsidRPr="00842991">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> .</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5E1A2E1B" w14:textId="77777777" w:rsidR="002B7F11" w:rsidRPr="00842991" w:rsidRDefault="002B7F11" w:rsidP="00982BDF">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:ind w:left="521" w:hanging="270"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00842991">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
@@ -12743,67 +12711,51 @@
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00842991">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">Contact receiving </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00842991">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>institution</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="00842991">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t xml:space="preserve"> to start </w:t>
-[...15 lines deleted...]
-              <w:t xml:space="preserve"> process at their end.</w:t>
+              <w:t xml:space="preserve"> to start importation process at their end.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="28618D9D" w14:textId="77777777" w:rsidR="002B7F11" w:rsidRPr="00842991" w:rsidRDefault="002B7F11" w:rsidP="00982BDF">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="16"/>
               </w:numPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00842991">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Reduce your colony size to essential breeders and experimental mice prior to exportation, to minimize transport and testing costs at the receiving institution.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="41828951" w14:textId="77777777" w:rsidR="002B7F11" w:rsidRPr="00842991" w:rsidRDefault="002B7F11" w:rsidP="00982BDF">
             <w:pPr>
@@ -12847,65 +12799,79 @@
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">: Shipping costs typically range between $1000 to $1500, depending on the distance and number of animals, but can exceed $10000 during summer months, when air transportation is not feasible. For assistance with obtaining shipping quotes, contact CLAMC export team at </w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r w:rsidRPr="00842991">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:color w:val="auto"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:t>importexport@uth.tmc.edu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00842991">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> .</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2C5053EA" w14:textId="77777777" w:rsidR="002B7F11" w:rsidRPr="009546B8" w:rsidRDefault="002B7F11" w:rsidP="00982BDF">
+          <w:p w14:paraId="2C5053EA" w14:textId="6B36130A" w:rsidR="002B7F11" w:rsidRPr="009546B8" w:rsidRDefault="002B7F11" w:rsidP="00982BDF">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:spacing w:after="120"/>
             </w:pPr>
             <w:r w:rsidRPr="00842991">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t xml:space="preserve">If animals will be a UTHealth Houston following the departure date, contact CLAMC business office at </w:t>
+              <w:t>If animals will be a</w:t>
+            </w:r>
+            <w:r w:rsidR="00F80884">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>t</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00842991">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> UTHealth Houston following the departure date, contact CLAMC business office at </w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r w:rsidRPr="00842991">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:color w:val="auto"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:t>acare@uth.tmc.edu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00842991">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> to arrange for payment of per diem and other charges that may accrue following departure.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3330" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
@@ -12986,67 +12952,51 @@
                 <w:sz w:val="16"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Identify new UTHealth PI.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="69B028FA" w14:textId="77777777" w:rsidR="002B7F11" w:rsidRPr="00E553A2" w:rsidRDefault="002B7F11" w:rsidP="00982BDF">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:ind w:left="252" w:hanging="252"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Submit Personnel Change via </w:t>
-[...15 lines deleted...]
-              <w:t xml:space="preserve">. </w:t>
+              <w:t xml:space="preserve">Submit Personnel Change via iRIS. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3330" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="2620F1FD" w14:textId="77777777" w:rsidR="002B7F11" w:rsidRDefault="002B7F11" w:rsidP="00982BDF"/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="13B78F95" w14:textId="77777777" w:rsidR="00492C76" w:rsidRDefault="00492C76" w:rsidP="00DD1126"/>
     <w:p w14:paraId="69700B0C" w14:textId="178FEC9D" w:rsidR="0018090E" w:rsidRPr="00842991" w:rsidRDefault="0028233E" w:rsidP="00DD1126">
       <w:pPr>
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00842991">
         <w:rPr>
           <w:b/>
           <w:sz w:val="18"/>
         </w:rPr>
@@ -16118,58 +16068,58 @@
     <w:p w14:paraId="68ABFC2C" w14:textId="28F62610" w:rsidR="004A0621" w:rsidRDefault="004A0621" w:rsidP="00DA34D5"/>
     <w:p w14:paraId="2D25FA00" w14:textId="622FFE38" w:rsidR="00327A85" w:rsidRPr="00A20941" w:rsidRDefault="00327A85" w:rsidP="00A20941">
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00327A85" w:rsidRPr="00A20941" w:rsidSect="008E1C25">
       <w:headerReference w:type="default" r:id="rId36"/>
       <w:footerReference w:type="default" r:id="rId37"/>
       <w:footerReference w:type="first" r:id="rId38"/>
       <w:pgSz w:w="15840" w:h="12240" w:orient="landscape"/>
       <w:pgMar w:top="720" w:right="1440" w:bottom="720" w:left="1440" w:header="720" w:footer="144" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="66FE3D73" w14:textId="77777777" w:rsidR="00F262EF" w:rsidRDefault="00F262EF" w:rsidP="00BF1D8F">
+    <w:p w14:paraId="6CCEE150" w14:textId="77777777" w:rsidR="007D1F5F" w:rsidRDefault="007D1F5F" w:rsidP="00BF1D8F">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="00DF792D" w14:textId="77777777" w:rsidR="00F262EF" w:rsidRDefault="00F262EF" w:rsidP="00BF1D8F">
+    <w:p w14:paraId="32615328" w14:textId="77777777" w:rsidR="007D1F5F" w:rsidRDefault="007D1F5F" w:rsidP="00BF1D8F">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings 2">
@@ -16358,58 +16308,58 @@
   <w:p w14:paraId="1EE6A680" w14:textId="5240096C" w:rsidR="00F35203" w:rsidRDefault="00F35203">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="right"/>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="30D00356" w14:textId="76640CD9" w:rsidR="006A5E82" w:rsidRDefault="00F35203">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
     <w:r>
       <w:t>July 2025</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="10A5477A" w14:textId="77777777" w:rsidR="00F35203" w:rsidRDefault="00F35203">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="3E5DBE2D" w14:textId="77777777" w:rsidR="00F262EF" w:rsidRDefault="00F262EF" w:rsidP="00BF1D8F">
+    <w:p w14:paraId="35C85096" w14:textId="77777777" w:rsidR="007D1F5F" w:rsidRDefault="007D1F5F" w:rsidP="00BF1D8F">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="4777768F" w14:textId="77777777" w:rsidR="00F262EF" w:rsidRDefault="00F262EF" w:rsidP="00BF1D8F">
+    <w:p w14:paraId="00879C08" w14:textId="77777777" w:rsidR="007D1F5F" w:rsidRDefault="007D1F5F" w:rsidP="00BF1D8F">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="04AEC9F1" w14:textId="008CD20A" w:rsidR="006A5E82" w:rsidRDefault="006A5E82">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:rPr>
         <w:sz w:val="16"/>
       </w:rPr>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="3A581106" w14:textId="77777777" w:rsidR="00DA34D5" w:rsidRPr="00E44A0B" w:rsidRDefault="00DA34D5">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:rPr>
         <w:sz w:val="16"/>
       </w:rPr>
     </w:pPr>
@@ -17819,51 +17769,51 @@
   </w:num>
   <w:num w:numId="11" w16cid:durableId="746615387">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="100926712">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="13" w16cid:durableId="1331712679">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="14" w16cid:durableId="1327704602">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="15" w16cid:durableId="1245146913">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="16" w16cid:durableId="431901618">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="3"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="120"/>
+  <w:zoom w:percent="100"/>
   <w:hideSpellingErrors/>
   <w:hideGrammaticalErrors/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
@@ -17943,50 +17893,51 @@
     <w:rsid w:val="00183C60"/>
     <w:rsid w:val="00185539"/>
     <w:rsid w:val="00185738"/>
     <w:rsid w:val="001868D3"/>
     <w:rsid w:val="0019092B"/>
     <w:rsid w:val="00193A41"/>
     <w:rsid w:val="001A0AB4"/>
     <w:rsid w:val="001A116F"/>
     <w:rsid w:val="001A499D"/>
     <w:rsid w:val="001A61A5"/>
     <w:rsid w:val="001B1400"/>
     <w:rsid w:val="001B7B21"/>
     <w:rsid w:val="001C0BA6"/>
     <w:rsid w:val="001C4341"/>
     <w:rsid w:val="001C5E1C"/>
     <w:rsid w:val="001C5EDF"/>
     <w:rsid w:val="001C5FF4"/>
     <w:rsid w:val="001C73BD"/>
     <w:rsid w:val="001D30B4"/>
     <w:rsid w:val="001E0278"/>
     <w:rsid w:val="001E165C"/>
     <w:rsid w:val="001E552B"/>
     <w:rsid w:val="001E7D1F"/>
     <w:rsid w:val="001F6F91"/>
     <w:rsid w:val="00203383"/>
+    <w:rsid w:val="00213EB0"/>
     <w:rsid w:val="002203C3"/>
     <w:rsid w:val="00226AB8"/>
     <w:rsid w:val="002331E0"/>
     <w:rsid w:val="0023604E"/>
     <w:rsid w:val="002367A1"/>
     <w:rsid w:val="00240EBC"/>
     <w:rsid w:val="0024125B"/>
     <w:rsid w:val="0024293F"/>
     <w:rsid w:val="002433E0"/>
     <w:rsid w:val="002529D5"/>
     <w:rsid w:val="00255783"/>
     <w:rsid w:val="00256348"/>
     <w:rsid w:val="00260430"/>
     <w:rsid w:val="00260C09"/>
     <w:rsid w:val="0026266F"/>
     <w:rsid w:val="00267536"/>
     <w:rsid w:val="002724C5"/>
     <w:rsid w:val="0028233E"/>
     <w:rsid w:val="002827D8"/>
     <w:rsid w:val="002836DB"/>
     <w:rsid w:val="00290C5A"/>
     <w:rsid w:val="002A0639"/>
     <w:rsid w:val="002B283E"/>
     <w:rsid w:val="002B7F11"/>
     <w:rsid w:val="002C0194"/>
@@ -17995,72 +17946,74 @@
     <w:rsid w:val="002D5BB0"/>
     <w:rsid w:val="002E0776"/>
     <w:rsid w:val="002E34A7"/>
     <w:rsid w:val="002F7E49"/>
     <w:rsid w:val="0030145C"/>
     <w:rsid w:val="0030247B"/>
     <w:rsid w:val="00302CFC"/>
     <w:rsid w:val="003037D5"/>
     <w:rsid w:val="003060A6"/>
     <w:rsid w:val="0030715E"/>
     <w:rsid w:val="003105A1"/>
     <w:rsid w:val="003127A1"/>
     <w:rsid w:val="0031450A"/>
     <w:rsid w:val="00323DBC"/>
     <w:rsid w:val="003271E7"/>
     <w:rsid w:val="00327A85"/>
     <w:rsid w:val="0033547B"/>
     <w:rsid w:val="00336F4A"/>
     <w:rsid w:val="003408D6"/>
     <w:rsid w:val="00343175"/>
     <w:rsid w:val="00347D5C"/>
     <w:rsid w:val="00352AD5"/>
     <w:rsid w:val="00357952"/>
     <w:rsid w:val="00360345"/>
     <w:rsid w:val="0036739B"/>
+    <w:rsid w:val="00367ACC"/>
     <w:rsid w:val="00375608"/>
     <w:rsid w:val="00381B3B"/>
     <w:rsid w:val="003861C6"/>
     <w:rsid w:val="00386AC4"/>
     <w:rsid w:val="00396F9D"/>
     <w:rsid w:val="003A0F07"/>
     <w:rsid w:val="003A3978"/>
     <w:rsid w:val="003A5897"/>
     <w:rsid w:val="003A6531"/>
     <w:rsid w:val="003B46A7"/>
     <w:rsid w:val="003B6D0F"/>
     <w:rsid w:val="003C0500"/>
     <w:rsid w:val="003C7236"/>
     <w:rsid w:val="003D2356"/>
     <w:rsid w:val="003D41CA"/>
     <w:rsid w:val="003E03C2"/>
     <w:rsid w:val="003E3A92"/>
     <w:rsid w:val="003F26F7"/>
     <w:rsid w:val="003F3576"/>
     <w:rsid w:val="003F4B40"/>
     <w:rsid w:val="003F75BF"/>
     <w:rsid w:val="004011A8"/>
+    <w:rsid w:val="00411F77"/>
     <w:rsid w:val="00414B78"/>
     <w:rsid w:val="00416AE0"/>
     <w:rsid w:val="00422017"/>
     <w:rsid w:val="004307CA"/>
     <w:rsid w:val="00432B6E"/>
     <w:rsid w:val="004331B1"/>
     <w:rsid w:val="00436D7B"/>
     <w:rsid w:val="00441A84"/>
     <w:rsid w:val="004432B5"/>
     <w:rsid w:val="00444ED1"/>
     <w:rsid w:val="00446FF1"/>
     <w:rsid w:val="004607A9"/>
     <w:rsid w:val="0046229E"/>
     <w:rsid w:val="00462C75"/>
     <w:rsid w:val="004738E5"/>
     <w:rsid w:val="00475E97"/>
     <w:rsid w:val="00476A36"/>
     <w:rsid w:val="00477F91"/>
     <w:rsid w:val="0048101C"/>
     <w:rsid w:val="00484558"/>
     <w:rsid w:val="00490A07"/>
     <w:rsid w:val="00490A28"/>
     <w:rsid w:val="00491406"/>
     <w:rsid w:val="00492C76"/>
     <w:rsid w:val="00494BC5"/>
@@ -18194,50 +18147,51 @@
     <w:rsid w:val="007348F6"/>
     <w:rsid w:val="00734CC2"/>
     <w:rsid w:val="00736D58"/>
     <w:rsid w:val="00742BBE"/>
     <w:rsid w:val="00742C96"/>
     <w:rsid w:val="00743B60"/>
     <w:rsid w:val="00745FE6"/>
     <w:rsid w:val="0075108A"/>
     <w:rsid w:val="00751E15"/>
     <w:rsid w:val="007603ED"/>
     <w:rsid w:val="00763D82"/>
     <w:rsid w:val="00767DD8"/>
     <w:rsid w:val="0077117D"/>
     <w:rsid w:val="00780782"/>
     <w:rsid w:val="00783CD9"/>
     <w:rsid w:val="007911B9"/>
     <w:rsid w:val="007927B4"/>
     <w:rsid w:val="00792C68"/>
     <w:rsid w:val="0079383E"/>
     <w:rsid w:val="007A08DD"/>
     <w:rsid w:val="007A2390"/>
     <w:rsid w:val="007A4C76"/>
     <w:rsid w:val="007B23B7"/>
     <w:rsid w:val="007C6344"/>
     <w:rsid w:val="007C78C2"/>
+    <w:rsid w:val="007D1F5F"/>
     <w:rsid w:val="007D674A"/>
     <w:rsid w:val="007E1981"/>
     <w:rsid w:val="007E2259"/>
     <w:rsid w:val="007E3DF1"/>
     <w:rsid w:val="007E6FDF"/>
     <w:rsid w:val="007F6F53"/>
     <w:rsid w:val="008040F2"/>
     <w:rsid w:val="00816E77"/>
     <w:rsid w:val="00826D39"/>
     <w:rsid w:val="00830173"/>
     <w:rsid w:val="0083074E"/>
     <w:rsid w:val="00832172"/>
     <w:rsid w:val="0083351F"/>
     <w:rsid w:val="008336B9"/>
     <w:rsid w:val="00833EAE"/>
     <w:rsid w:val="0083589C"/>
     <w:rsid w:val="00836B6E"/>
     <w:rsid w:val="008374A8"/>
     <w:rsid w:val="00841B8E"/>
     <w:rsid w:val="00842991"/>
     <w:rsid w:val="00845A4B"/>
     <w:rsid w:val="008471D3"/>
     <w:rsid w:val="0084737F"/>
     <w:rsid w:val="00860205"/>
     <w:rsid w:val="0087023A"/>
@@ -18501,50 +18455,51 @@
     <w:rsid w:val="00EE4500"/>
     <w:rsid w:val="00EF12D6"/>
     <w:rsid w:val="00EF2037"/>
     <w:rsid w:val="00EF61BE"/>
     <w:rsid w:val="00EF7404"/>
     <w:rsid w:val="00F034F8"/>
     <w:rsid w:val="00F04A64"/>
     <w:rsid w:val="00F05820"/>
     <w:rsid w:val="00F063E6"/>
     <w:rsid w:val="00F108A6"/>
     <w:rsid w:val="00F10E71"/>
     <w:rsid w:val="00F1621E"/>
     <w:rsid w:val="00F16F9A"/>
     <w:rsid w:val="00F24780"/>
     <w:rsid w:val="00F262EF"/>
     <w:rsid w:val="00F33056"/>
     <w:rsid w:val="00F35203"/>
     <w:rsid w:val="00F423F7"/>
     <w:rsid w:val="00F47449"/>
     <w:rsid w:val="00F53289"/>
     <w:rsid w:val="00F55326"/>
     <w:rsid w:val="00F57A32"/>
     <w:rsid w:val="00F63C80"/>
     <w:rsid w:val="00F72803"/>
     <w:rsid w:val="00F806EB"/>
+    <w:rsid w:val="00F80884"/>
     <w:rsid w:val="00F85601"/>
     <w:rsid w:val="00F90B2C"/>
     <w:rsid w:val="00F94EC5"/>
     <w:rsid w:val="00F954E4"/>
     <w:rsid w:val="00F97AD6"/>
     <w:rsid w:val="00FA6977"/>
     <w:rsid w:val="00FB278A"/>
     <w:rsid w:val="00FB50BA"/>
     <w:rsid w:val="00FC5BE1"/>
     <w:rsid w:val="00FC5E82"/>
     <w:rsid w:val="00FD1D6B"/>
     <w:rsid w:val="00FD23A3"/>
     <w:rsid w:val="00FE1D76"/>
     <w:rsid w:val="00FE1DAA"/>
     <w:rsid w:val="00FE7905"/>
     <w:rsid w:val="00FF37DC"/>
     <w:rsid w:val="00FF5FF8"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
@@ -20000,74 +19955,74 @@
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B2C5F2DC-B452-4F3D-8588-422B445144CE}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F20F1A86-A00C-422C-BE2C-2296755EF3CA}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>13</Pages>
   <Words>3164</Words>
-  <Characters>18039</Characters>
+  <Characters>18040</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>150</Lines>
   <Paragraphs>42</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Principal Investigator Separation Checklist</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>M.D. Anderson Cancer Center</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>21161</CharactersWithSpaces>
+  <CharactersWithSpaces>21162</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Principal Investigator Separation Checklist</dc:title>
   <dc:creator>OBFS GCO - University of Illinois</dc:creator>
   <cp:keywords>principal, investigator, separation, checklist</cp:keywords>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100FA95299DAD1DE54896BF088598E69250</vt:lpwstr>
   </property>
 </Properties>